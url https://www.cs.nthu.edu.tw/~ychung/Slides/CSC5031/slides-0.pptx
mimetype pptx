--- v0 (2026-01-02)
+++ v1 (2026-02-08)
@@ -1,90 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId9"/>
+    <p:notesMasterId r:id="rId10"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId10"/>
+    <p:handoutMasterId r:id="rId11"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId2"/>
     <p:sldId id="352" r:id="rId3"/>
     <p:sldId id="353" r:id="rId4"/>
     <p:sldId id="354" r:id="rId5"/>
     <p:sldId id="356" r:id="rId6"/>
     <p:sldId id="357" r:id="rId7"/>
     <p:sldId id="358" r:id="rId8"/>
+    <p:sldId id="359" r:id="rId9"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="zh-TW"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -1443,98 +1445,98 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent4"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="79" d="100"/>
+          <a:sy n="79" d="100"/>
         </p:scale>
-        <p:origin x="358" y="29"/>
+        <p:origin x="872" y="60"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="2880"/>
         <p:guide orient="horz" pos="1620"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="65" d="100"/>
           <a:sy n="65" d="100"/>
         </p:scale>
         <p:origin x="3082" y="48"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1580,51 +1582,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{45BDCE37-E9BE-4280-8D68-34E43D66CEDB}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/12/24</a:t>
+              <a:t>2026/1/12</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1751,51 +1753,51 @@
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{FBFBA883-381C-409E-9635-BB54B21745E4}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>2025/12/24</a:t>
+              <a:t>2026/1/12</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -5144,50 +5146,54 @@
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bb.cuhk.edu.cn/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://registry.cuhk.edu.cn/en/page/30" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
@@ -5368,106 +5374,129 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="682900" y="857440"/>
             <a:ext cx="7992790" cy="3504820"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="77500" lnSpcReduction="20000"/>
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Instructor</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Dr. Yeh-Ching Chung (ychung@cuhk.edu.hk)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
+              <a:rPr lang="en-US">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Course T</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="zh-CN" dirty="0">
+              <a:rPr lang="en-US" altLang="zh-CN">
                 <a:solidFill>
                   <a:schemeClr val="bg2">
                     <a:lumMod val="10000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>A</a:t>
+              <a:t>As</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg2">
                   <a:lumMod val="10000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0">
+                <a:latin typeface="楷体" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
+                <a:ea typeface="楷体" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
+              </a:rPr>
+              <a:t>马浩天</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="zh-CN" altLang="en-US" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" dirty="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>: haotianma@link.cuhk.edu.cn</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="zh-CN" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="zh-CN" altLang="en-US" dirty="0">
                 <a:latin typeface="楷体" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
                 <a:ea typeface="楷体" panose="02010609060101010101" pitchFamily="49" charset="-122"/>
               </a:rPr>
               <a:t>汪梁森</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="zh-CN" altLang="en-US" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-CN" dirty="0">
                 <a:effectLst/>
               </a:rPr>
               <a:t>: liangsenwang@link.cuhk.edu.cn</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="zh-CN" dirty="0"/>
           </a:p>
           <a:p>
@@ -7132,50 +7161,149 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457189" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-CN" sz="2000">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>https://registry.cuhk.edu.cn/en/page/30</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="zh-CN" sz="2000" dirty="0">
               <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2385786242"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="992038" y="108349"/>
+            <a:ext cx="7683652" cy="519113"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" altLang="zh-CN" sz="3200" dirty="0">
+                <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Class QR Code</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="3200" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="图片 6" descr="QR 代码">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{887F4D80-49F9-EA14-35C6-1F43F52CD6F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="11979" t="36342" r="11979" b="18977"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2840305" y="960401"/>
+            <a:ext cx="3641416" cy="3541652"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="847934521"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="NTHU UniCloud">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -8529,91 +8657,92 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>NTHU UniCloud</Template>
   <TotalTime></TotalTime>
-  <Words>414</Words>
+  <Words>430</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>全屏显示(16:9)</PresentationFormat>
-  <Paragraphs>59</Paragraphs>
-  <Slides>7</Slides>
+  <Paragraphs>61</Paragraphs>
+  <Slides>8</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>已用的字体</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>主题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>幻灯片标题</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>MS Sans Serif</vt:lpstr>
       <vt:lpstr>楷体</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>NTHU UniCloud</vt:lpstr>
       <vt:lpstr>CSC5031 – Operating Systems</vt:lpstr>
       <vt:lpstr>PowerPoint 演示文稿</vt:lpstr>
       <vt:lpstr>Textbooks &amp; Reference</vt:lpstr>
       <vt:lpstr>Course Syllabus</vt:lpstr>
       <vt:lpstr>Course Assessment</vt:lpstr>
       <vt:lpstr>Learning Outcome</vt:lpstr>
       <vt:lpstr>Academic Honesty</vt:lpstr>
+      <vt:lpstr>Class QR Code</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>An Open 5G / IoT Cloud Platform</dc:title>
   <dc:creator>Wu-Chun Chung</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>