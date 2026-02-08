--- v0 (2026-01-02)
+++ v1 (2026-02-08)
@@ -189,56 +189,56 @@
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="16000" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="50" d="100"/>
-          <a:sy n="50" d="100"/>
+          <a:sx n="56" d="100"/>
+          <a:sy n="56" d="100"/>
         </p:scale>
-        <p:origin x="1244" y="232"/>
+        <p:origin x="960" y="36"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
@@ -302,51 +302,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{3C1F4A7B-8284-4E61-88F9-84C6CA6E31E8}" type="datetimeFigureOut">
               <a:rPr lang="zh-TW" altLang="en-US" smtClean="0"/>
-              <a:t>2024/9/25</a:t>
+              <a:t>2026/1/4</a:t>
             </a:fld>
             <a:endParaRPr lang="zh-TW" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="投影片圖像版面配置區 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -6856,84 +6856,50 @@
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="231471" y="1406845"/>
             <a:ext cx="11396871" cy="1882455"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" altLang="zh-CN" sz="4800" dirty="0">
                 <a:effectLst>
                   <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                     <a:srgbClr val="000000">
                       <a:alpha val="43137"/>
                     </a:srgbClr>
                   </a:outerShdw>
                 </a:effectLst>
               </a:rPr>
               <a:t>Virtualization Techniques</a:t>
-            </a:r>
-[...32 lines deleted...]
-              <a:t>2024.09.26</a:t>
             </a:r>
             <a:endParaRPr lang="zh-TW" altLang="en-US" sz="3200" b="0" dirty="0">
               <a:effectLst>
                 <a:outerShdw blurRad="38100" dist="38100" dir="2700000" algn="tl">
                   <a:srgbClr val="000000">
                     <a:alpha val="43137"/>
                   </a:srgbClr>
                 </a:outerShdw>
               </a:effectLst>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -9611,93 +9577,93 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>244</Words>
+  <Words>241</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>宽屏</PresentationFormat>
   <Paragraphs>53</Paragraphs>
   <Slides>7</Slides>
   <Notes>3</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>已用的字体</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>主题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>幻灯片标题</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>MS Sans Serif</vt:lpstr>
       <vt:lpstr>楷体</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>NTHU UniCloud</vt:lpstr>
       <vt:lpstr>自訂設計</vt:lpstr>
-      <vt:lpstr>Virtualization Techniques  2024.09.26</vt:lpstr>
+      <vt:lpstr>Virtualization Techniques</vt:lpstr>
       <vt:lpstr>Outline</vt:lpstr>
       <vt:lpstr>Virtualization Techniques</vt:lpstr>
       <vt:lpstr>Introduction - Emulation Technique (1)</vt:lpstr>
       <vt:lpstr>Introduction - Emulation Technique (2)</vt:lpstr>
       <vt:lpstr>Introduction - Virtual Machine</vt:lpstr>
       <vt:lpstr>Virtualization Techniques</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>香港中文大学(深圳)数据科学院 School of Data Science</dc:title>
   <dc:creator>Windows 使用者</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>